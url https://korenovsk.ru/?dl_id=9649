--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,3471 +1,47205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang/>
-[...52 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="557530" cy="692150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 6" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 6" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="557530" cy="692150"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+        <w:t>от 11.12.2025                                                                                                                           № 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>61</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>от 26.12.2024</w:t>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 27 октября 2023 года № 1898 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>муниципальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы «Внесение изменений в документы тер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риториального планирования поселений муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>и схему территориального планирования муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>на 2024-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В связи с выполнением поручения Губернатора Краснодарского края В.И. Кондратьева, в рамках совещания «Проблемы градостроительного развития территорий Краснодарского края» от 14 января 2016 года по внесению изменений в схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края и генеральные планы сельских поселений муниципального образования Кореновский муниципальный район Краснодарского края, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с постановлением администрации муниципального образования Кореновский район от 2 ноября 2023 года № 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрация муниципального образования     Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId3"/>
+          <w:headerReference w:type="default" r:id="rId4"/>
+          <w:headerReference w:type="first" r:id="rId5"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="624" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="32768"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести изменения в постановление администрации муниципального образования Кореновский район от 27 октября 2023 года № 1898 «Об утверждении муниципальной программы «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и схему территориального планирования муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>на 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложив приложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в новой редакции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style9"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>постановлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">октября </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>1448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О внесении изменений в постановление администрации муниципального образования Кореновский район от 27 октября 2023 года № 1898 «Об утверждении муниципальной программы «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский район и схему территориального планирования муниципального образования Кореновский район на 2024-2028 годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный  район Краснодарского края обеспечить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>размещение данного постановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>. Постановление вступает в силу со дня подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Исполняющий обязанности главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>С.В. Колупайко</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению главы администрации муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.12.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1761</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный</w:t>
+        <w:tab/>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.12.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1761</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="4944" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 27 октября 2023 года № 1898 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>муниципальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы «Внесение изменений в документы тер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риториального планирования поселений муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и схему территориального планирования муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>на 2024-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-173" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="113" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="6147"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNonformat1"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">управление архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="122"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Координаторы подпрограмм муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="122"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>управление архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="122"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="122"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Цели муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пространственная организация муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="122"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Задачи муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="709"/>
+                <w:tab w:val="left" w:pos="810" w:leader="none"/>
+                <w:tab w:val="left" w:pos="855" w:leader="none"/>
+              </w:tabs>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-своевременное внесение необходимых изменений в схему территориального планирования  муниципального образования Кореновский муниципальный район Краснодарского края, проведение мероприятий по технической поддержке рабочих мест;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="709"/>
+                <w:tab w:val="left" w:pos="810" w:leader="none"/>
+                <w:tab w:val="left" w:pos="855" w:leader="none"/>
+              </w:tabs>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-своевременное внесение необходимых изменений в генеральные планы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="709"/>
+                <w:tab w:val="left" w:pos="810" w:leader="none"/>
+                <w:tab w:val="left" w:pos="855" w:leader="none"/>
+              </w:tabs>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-своевременное внесение необходимых изменений в местные нормативы градостроительного проектирования поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNonformat1"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-количество внесенных изменений в схему территориального планирования  муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- количество актуализированных генеральных планов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-количество актуализированных местных нормативов градостроительного проектирования  муниципального образования и поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNonformat1"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024-2028 годы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNonformat1"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий программы составит:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общий объем — </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>980</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>За счет средств краевого бюджета:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024 год-2150,6 тысяч рублей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>За счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024 год — 679,6  тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2025 год -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,0 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год-0,0тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год-0,0тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="-108"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Характеристика текущего состояния и прогноз развития соответствующей сферы реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управление развитием территории представляет собой регулирование изменений состояния и использования территории как среды жизнедеятельности человеческого сообщества посредством осуществления мер, обеспечивающих поддержание баланса интересов различных слоев общества, связанных с использованием территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главная цель документов территориального планирования и схемы территориального планирования – пространственная организация территории Кореновского </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">района </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">За 2021-2023 годы в ряде сельских поселений Кореновского муниципального района Краснодарского края внесены изменения в правила землепользования и застройки, а также в генеральные планы. Выполнены топосъемки земельных участков, проекты планировок территорий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В тоже время в сфере внесения изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края имеются нерешенные проблемы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-внесение изменений в правила землепользования и застройки Платнировского и Пролетарского сельских поселений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-изготовление карт-схем границ муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-разработка проектов планировки и проектов межевания микрорайонов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-корректировка генеральных планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-корректировка правил землепользования и застройки Кореновского муниципального района </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-корректировка нормативов градостроительного проектирования Кореновского муниципального района Краснодарского края и поселений района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Существующие проблемы носят комплексный характер и не могут быть решены в течении одного финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="0" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пространственная организация территории страны, ее частей и муниципальных районов в частности должна обеспечить устойчивое функционирование и развитие всех секторов экономики, связанных, в первую очередь с использованием земель, рынка недвижимости, формированием инфраструктуры, развитием населенных пунктов и жилищно-коммунального хозяйства. То есть должны быть решены вопросы долгосрочного территориального прогнозирования, программирования, планирования в целях формирования благоприятных условий для жизни людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Поскольку территория муниципального образования Кореновский муниципальный район Краснодарского края делится между поселениями, а органы местного самоуправления поселений обладают самостоятельной компетенцией на решение вопросов местного значения и правом на осуществление территориального планирования путем разработки генеральных планов поселений, то цели территориального планирования района должны обеспечивать равные условия для конкурентного саморазвития составляющих его территорий сельских поселений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели достижения целей и решения задач,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроки и этапы реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                    № 1761</w:t>
+        <w:t xml:space="preserve">Цели, задачи и целевые показатели программы «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и схему территориального планирования муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» на 2024-2028 годы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с изменениями от 25 июня 2025 года № 850) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представлены в приложении № 1 к муниципальной программе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>г.  Кореновск</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Сроки реализации основных мероприятий программы «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и схему территориального планирования муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айон </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» на 2024-2028 годы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с изменениями от 25 июня 2025 года № 850) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представлены в приложении № 2 к муниципальной программе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными ожидаемыми результатами реализации мероприятий программы являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- пространственная организация муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- создание комфортной и безопасной среды проживания населения, привлечение инвестиций, модернизация инфраструктуры и жилищно-коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определение зон с особым режимом использования земель на территории района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проведение анализа информации о социально-экономическом положении района и оценка экономического потенциала района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обоснование вариантов территориального развития и обоснование целевого варианта развития Кореновского муниципального района Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ероприятия программы представлены в табличной форме в приложении № 2 к программе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal1"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Объемы и источники финансирования Программы определяются Перечнем основных программных мероприятий. Общий планируемый объем финансирования Программы на 2024-2028 годы составит </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>980</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс. рублей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal1"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal1"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Структура финансирования Программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat1"/>
+        <w:widowControl/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руб.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9665" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3067"/>
+        <w:gridCol w:w="1183"/>
+        <w:gridCol w:w="1083"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="1133"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="998"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="240" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Источники и направления расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6598" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="240" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5415" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Районный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1829</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>679,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="240" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Другие источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="377" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ВСЕГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>980</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2830,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal1"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="321"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="321"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ресурсное обеспечение программы носит прогнозный характер и подлежит ежегодной корректировке в пределах бюджетных ассигнований, предусмотренных решением Совета муниципального образования Кореновский муниципальный район Краснодарского края о бюджете муниципального образования Кореновский муниципальный район Краснодарского края на соответствующий финансовый год и на плановый период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="321"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720" w:left="432" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка эффективности реализации муниципальной программы производится ежегодно в соответствии с утвержденным постановлением администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 2 ноября 2023 года № 1921 «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район». </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6. Механизм реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Механизм реализации программы предполагает закупку товаров, работ, услуг для государственных нужд за счет средств районного бюджета в соответствии с Федеральным законом от 5 апреля 2013 года № 44-ФЗ «О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2A6099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Муниципальная программа «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2024-2028 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="C9211E"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( далее – Программа) разработана в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии со ст.15 Федерального закона от 06.10.2003 №131-ФЗ «Об общих принципах организации местного самоуправления в Российской Федерации», Закона Краснодарского края от 21.07.2008 №1540-КЗ «Градостроительный кодекс Краснодарского края».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="397" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Текущее управление муниципальной программой осуществляет координатор муниципальной программы - управление архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края, которое:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>обеспечивает разработку муниципальной программы, ее согласование с участниками муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>формирует структуру муниципальной программы и перечень участников муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>организует реализацию муниципальной программы, координацию деятельности участников муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>принимает решение о внесении в установленном порядке изменений в муниципальную программу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>несет ответственность за достижение целевых показателей муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>осуществляет подготовку предложений по объемам и источникам финансирования реализации муниципальной программы на основании предложений участников муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ежегодно проводит оценку эффективности реализации муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>готовит ежегодный доклад о ходе реализации муниципальной программы и оценке эффективности ее реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>осуществляет иные полномочия, установленные муниципальной программой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>В целях осуществления текущего контроля реализации мероприятий муниципальной программы управление архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляет в управление экономики и  финансовое управление администрации муниципального образования Кореновский муниципальный район Краснодарского края, отчет об объемах и источниках финансирования программы в разрезе мероприятий согласно приложения № 7 постановления администрации муниципального образования Кореновский район от 2 ноября 2023 года № 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="first" r:id="rId8"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1126" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="32768"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управление архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края ежегодно, до 1 марта года, следующего за отчетным годом, подготавливает доклад о ходе реализации муниципальной программы и оценке эффективности ее реализации на бумажных и электронных носителях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» на 2024-2028 годы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Об утверждении Порядка извещения на</w:t>
-[...6 lines deleted...]
-        <w:t>селения о начале, сроке и результатах проведения общественными объединениями и другими негосударственными некоммерческими организациями общественной экологической экспертизы на территории муниципального образования Кореновский район»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>В соответствии с пун</w:t>
-[...11 lines deleted...]
-        <w:t>экологической экспертизе», руководствуясь Уставом муниципального образования Кореновский район, администрация муниципального образования Кореновский район постановляет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="540"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C9211E"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1. Утвердить Порядо</w:t>
-[...11 lines deleted...]
-        <w:t>приложению к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:highlight w:val="white"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...13 lines deleted...]
-        <w:t>айте администрации муниципального образования Кореновский район в информационно-телекоммуникационной сети «Интернет».</w:t>
+        <w:t>ЦЕЛИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:highlight w:val="white"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:highlight w:val="white"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Контроль за выполнением настоящего постановления возложить на заместителя  главы муниципального образования   Кореновский             </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">     район А.Е. Дружинкина.</w:t>
+        <w:t>задачи и целевые показатели муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...837 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...38 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4.7. Извещение населения о начале, сроке и результатах проведения общественной экологической экспертизы на территории муниципального образования Кореновский район, размещаемое Администрацией на официальном сайте Администрации www.korenovsk.ru в информаци</w:t>
+        <w:t xml:space="preserve">«Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>онно-телекоммуникационной сети «Интернет», в отношении каждого объекта общественной экологической экспертизы должно содержать следующие сведения:</w:t>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» на 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>наименование общественного объединения или другой негосударственной некоммерческой организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14616" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-1" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="4414"/>
+        <w:gridCol w:w="1522"/>
+        <w:gridCol w:w="1931"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1133"/>
+        <w:gridCol w:w="1066"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5549" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13416" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Муниципальная программа «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» на 2024-2028 годы  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="C9211E"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="C9211E"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13416" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Цель: Пространственная организация муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="C9211E"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="C9211E"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13416" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Задача: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">своевременное внесение необходимых изменений в схему территориального планирования  муниципального образования Кореновский муниципальный район Краснодарского края, проведение мероприятий по технической поддержке рабочих мест </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Целевые показатели:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-количество внесенных изменений в схему территориального планирования  муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13416" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задача:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-своевременное внесение необходимых изменений в генеральные планы поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Целевые показатели: - количество актуализированных генеральных планов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13416" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задача:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-своевременное внесение необходимых изменений в местные нормативы градостроительного проектирования поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Целевые показатели:-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>-количество актуализированных местных нормативов градостроительного проектирования  муниципального образования и поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="WenQuanYi Micro Hei;MS Mincho" w:cs="Lohit Hindi;MS Mincho" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>наименование о</w:t>
-[...5 lines deleted...]
-        <w:t>бъекта общественной экологической экспертизы;</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>дату начала проведения общественной экологической экспертизы;</w:t>
+        <w:tab/>
+        <w:t>Методика расчета целевых показателей:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>срок проведения общественной экологической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="539"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>результат проведения общественной экологической экспертизы (положительное/отрицательное заклю</w:t>
+        <w:t xml:space="preserve">- Целевой показатель 1- считается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>чение общественной экологической экспертизы).</w:t>
+        <w:t>количество внесенных изменений в схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="539"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>4.8. Дополнительное информирование населения о начале, сроке и результатах проведения общественной экологической экспертизы может осуществляться общественными объединениями и другими негосударственными некоммер</w:t>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>ческими организациями самостоятельно путем распространения информации по радио, на телевидении, в периодических печатных изданиях и иными законными способами распространения информации, в том числе на официальном сайте общественных объединений и других нег</w:t>
+        <w:t xml:space="preserve">целевой показатель 2 - считается  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>осударственных некоммерческих организаций (при наличии).</w:t>
+        <w:t xml:space="preserve">количество актуализированных генеральных планов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="539"/>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">целевой показатель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 - считается  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количество </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>актуализированных местных нормативов градостроительного проектирования  муниципального образования и поселений муниципального образования Кореновский муниципальный  район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1767" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="73728"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №  2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к муниципальной программе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="121"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">«Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» на 2024-2028 годы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="121"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6238" w:leader="none"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="5529" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Начальник отдела  жилищно-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>коммунального хозяйства,</w:t>
+        <w:t>ПЕРЕЧЕНЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>транспорта и связи администрации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>муниципального образования</w:t>
+        <w:t>основных мероприятий муниципальной программы «Внесение изменений в документы территориального планирования поселений муниципального образования Кореновский муниципальный район Краснодарского края и схему территориального планирования муниципального образования Кореновский муниципальный район Краснодарского края» на 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>(с изменениями от 25 июня 2025 года № 850)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
+    <w:p>
       <w:pPr>
-        <w:ind w:right="-1"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Кореновский район</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14515" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-162" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="686"/>
+        <w:gridCol w:w="1343"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="1202"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="835"/>
+        <w:gridCol w:w="1029"/>
+        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="1544"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование мероприятия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Источники финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Объем финансирования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5509" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок реализации мероприятия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Непосредственный результат реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муниципальный заказчик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12486" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пространственная организация муниципального образования Кореновский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12486" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>воевременное внесение необходимых изменений в схему территориального планирования  муниципального образования Кореновский муниципальный район Краснодарского края,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>проведение мероприятий по технической поддержке рабочих мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внесение изменений в правила землепользования и застройки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>240,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2240,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4 квартал 2024 года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4-квартал 2026 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>89,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>89,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="606" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внесение изменений в правила землепользования и застройки Платнировского сельского поселения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1198,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1198,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3-4 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="127" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>47,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>47,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="127" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="382" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="776" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внесение изменений в правила землепользования и застройки Пролетарского сельского поселения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1041,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1041,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2-3 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>41, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>41, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Изготовление карт-схем границ муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1.1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Корректировка правил землепользования и застройки Кореновского муниципального района Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4-квартал 2026 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.1.1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий по технической поддержке рабочих мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>270</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1-2-3-4-квартал 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для обеспечения бесперебойного функционирования рабочих мест </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>270</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12486" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Своевременное внесение необходимых изменений в местные нормативы градостроительного проектирования поселений муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внесение изменений в местные нормативы градостроительного проектирования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>880</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2.1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка проекта планировки и проекта межевания микрорайона </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3-4 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2.1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Изготовление топографических съемок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4 квартал 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2.1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внесение изменений в нормативы градостроительного проектирования Кореновского муниципального района Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>880</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>880</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2-3-4 квартал 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>880</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12486" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Своевременное внесение необходимых изменений в генеральные планы поселений муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Корректировка генеральных планов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590 ,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2-3 квартал 2024года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-2-3-4-квартал 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590 ,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="857" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетные источники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="171" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3.1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внесение изменений в генеральный план Братковского сельского поселения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2-3 квартал 2024года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709" w:leader="none"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание комфортной и безопасной среды проживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация муниципального образования Кореновский  муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="171" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>590,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="171" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="171" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="171" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИТОГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3980,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2830,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="2A6099"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="339" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Местный  бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1829,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>679,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2150,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="51" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="121"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:tab/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">.Н. Нейжмак  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="001E367A">
-[...21 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1767" w:footer="0" w:bottom="567"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="100" w:charSpace="8192"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="600" w:charSpace="73728"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NSimSun">
-[...15 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="XO Thames">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Microsoft YaHei">
-[...1 lines deleted...]
-    <w:charset w:val="86"/>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:suppressLineNumbers/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>19</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header12.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:suppressLineNumbers/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:suppressLineNumbers/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="00000001"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:b/>
+        <w:kern w:val="2"/>
+        <w:szCs w:val="28"/>
+        <w:bCs/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="hi-IN"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:kern w:val="2"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:b/>
+        <w:szCs w:val="28"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...16 lines deleted...]
-  <w:strictFirstAndLastChars/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="75"/>
+  <w:defaultTabStop w:val="709"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:rsids>
-[...28 lines deleted...]
-  <w15:docId w15:val="{8A9777B5-286A-4AA5-848A-8FC4369FC82C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...6 lines deleted...]
-    <w:next w:val="a"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
+        <w:ilvl w:val="0"/>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="108" w:after="108"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
       <w:b/>
-      <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:next w:val="a"/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:widowControl/>
       <w:numPr>
-        <w:ilvl w:val="1"/>
-        <w:numId w:val="1"/>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
       </w:numPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...5 lines deleted...]
-    <w:next w:val="a"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
+      <w:widowControl/>
       <w:numPr>
-        <w:ilvl w:val="2"/>
-        <w:numId w:val="1"/>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
       </w:numPr>
-      <w:jc w:val="center"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:next w:val="a"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext w:val="true"/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="4"/>
       </w:numPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
-[...8 lines deleted...]
-    <w:next w:val="a"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:widowControl/>
       <w:numPr>
-        <w:ilvl w:val="4"/>
-        <w:numId w:val="1"/>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
       </w:numPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style9">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1">
+    <w:name w:val="caption1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="32">
+    <w:name w:val="Основной текст с отступом 32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="5">
+    <w:name w:val="Указатель5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Текст примечания1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="8">
+    <w:name w:val="Указатель8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="11">
+    <w:name w:val="Цитата1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style40"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTML">
+    <w:name w:val="Стандартный HTML"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents2">
+    <w:name w:val="Contents 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="2">
+    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Нижний колонтитул Знак2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Основной шрифт абзаца4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents4">
+    <w:name w:val="Contents 4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z3">
+    <w:name w:val="WW8Num5z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z7">
+    <w:name w:val="WW8Num4z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:basedOn w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents6">
+    <w:name w:val="Contents 6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle19">
+    <w:name w:val="Font Style19"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="22">
+    <w:name w:val="Знак примечания2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents7">
+    <w:name w:val="Contents 7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle15">
+    <w:name w:val="Font Style15"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="008000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading31">
+    <w:name w:val="Heading 31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Заголовок"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Символ сноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17">
+    <w:name w:val="Символы концевой сноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style18">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="23">
+    <w:name w:val="Верхний колонтитул Знак2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style19">
+    <w:name w:val="Обычный (веб)"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z2">
+    <w:name w:val="WW8Num4z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style20">
+    <w:name w:val="Цветовое выделение"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="7">
+    <w:name w:val="Указатель7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style21">
+    <w:name w:val="Маркеры списка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol;Arial Unicode MS" w:hAnsi="OpenSymbol;Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Знак сноски2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style22">
+    <w:name w:val="Указатель"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="25">
+    <w:name w:val="Текст примечания2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style23">
+    <w:name w:val="Обычный"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:b w:val="false"/>
+      <w:i w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style24">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style25">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z4">
+    <w:name w:val="WW8Num5z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="6">
+    <w:name w:val="Основной шрифт абзаца6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z4">
+    <w:name w:val="WW8Num4z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="12">
+    <w:name w:val="Знак примечания1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style26">
+    <w:name w:val="Название объекта"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="3">
+    <w:name w:val="Знак примечания3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="41">
+    <w:name w:val="Знак сноски4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="26">
+    <w:name w:val="Название объекта2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z2">
+    <w:name w:val="WW8Num5z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style27">
+    <w:name w:val="Текст выноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...32 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="Footnote Reference"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont12">
+    <w:name w:val="Default Paragraph Font12"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="13">
+    <w:name w:val="Название объекта1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z3">
+    <w:name w:val="WW8Num4z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z1">
+    <w:name w:val="WW8Num4z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Blk">
+    <w:name w:val="blk"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents3">
+    <w:name w:val="Contents 3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Footer1">
-[...5 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+  <w:style w:type="character" w:styleId="31">
+    <w:name w:val="Указатель3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="27">
+    <w:name w:val="Указатель2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="LO-Normal">
+    <w:name w:val="LO-Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle29">
+    <w:name w:val="Font Style29"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="33">
+    <w:name w:val="Основной текст (3)"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Contents6">
-[...14 lines deleted...]
-    <w:name w:val="ConsPlusTitle"/>
+  <w:style w:type="character" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="51">
+    <w:name w:val="Название объекта5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z1">
+    <w:name w:val="WW8Num5z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="14">
+    <w:name w:val="Знак сноски1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="211">
+    <w:name w:val="Заголовок 21"/>
+    <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
-[...70 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading51">
+  <w:style w:type="character" w:styleId="Heading51">
     <w:name w:val="Heading 51"/>
-    <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading11">
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="28">
+    <w:name w:val="Заголовок2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style28">
+    <w:name w:val="Прижатый влево"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1111111111111">
+    <w:name w:val="Caption1111111111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="15">
+    <w:name w:val="Текст примечания Знак1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading11">
     <w:name w:val="Heading 11"/>
-    <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+    <w:qFormat/>
+    <w:rPr>
       <w:b/>
-      <w:sz w:val="32"/>
-[...22 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="Contents1">
+      <w:color w:val="000080"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Header1">
+    <w:name w:val="Header1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="34">
+    <w:name w:val="Основной шрифт абзаца3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z5">
+    <w:name w:val="WW8Num5z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="29">
+    <w:name w:val="Знак концевой сноски2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="52">
+    <w:name w:val="Знак сноски5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z8">
+    <w:name w:val="WW8Num5z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents1">
     <w:name w:val="Contents 1"/>
-    <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderandFooter">
-[...36 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="35">
+    <w:name w:val="Название объекта3"/>
+    <w:qFormat/>
+    <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraph">
-[...2 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="Title1">
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="81">
+    <w:name w:val="Основной шрифт абзаца8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z7">
+    <w:name w:val="WW8Num5z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style29">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z5">
+    <w:name w:val="WW8Num4z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ConsPlusCell">
+    <w:name w:val="ConsPlusCell"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="1F497D"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="42">
+    <w:name w:val="Знак концевой сноски4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents9">
+    <w:name w:val="Contents 9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style30">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z6">
+    <w:name w:val="WW8Num4z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style31">
+    <w:name w:val="Символ нумерации"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z8">
+    <w:name w:val="WW8Num4z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style110">
+    <w:name w:val="Style1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents8">
+    <w:name w:val="Contents 8"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="43">
+    <w:name w:val="Указатель4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z0">
+    <w:name w:val="WW8Num5z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style32">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style33">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style34">
+    <w:name w:val="Тема примечания"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="Style15"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="44">
+    <w:name w:val="Название объекта4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="16">
+    <w:name w:val="Нижний колонтитул1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style35">
+    <w:name w:val="Нормальный (таблица)"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="List1">
+    <w:name w:val="List1"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="71">
+    <w:name w:val="Основной шрифт абзаца7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-1">
+    <w:name w:val="WW-Базовый"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents5">
+    <w:name w:val="Contents 5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="61">
+    <w:name w:val="Название объекта6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="53">
+    <w:name w:val="Знак концевой сноски5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="36">
+    <w:name w:val="Знак концевой сноски3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Indexheading">
+    <w:name w:val="index heading"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption2">
+    <w:name w:val="Caption2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="17">
+    <w:name w:val="Знак концевой сноски1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="54">
+    <w:name w:val="Основной шрифт абзаца5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Docdata">
+    <w:name w:val="docdata"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style36">
+    <w:name w:val="Колонтитул"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style37">
+    <w:name w:val="Нормальный"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Subtitle1">
+    <w:name w:val="Subtitle1"/>
+    <w:basedOn w:val="Style15"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footer1">
+    <w:name w:val="Footer1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style38">
+    <w:name w:val="Без интервала"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont11">
+    <w:name w:val="Default Paragraph Font11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z6">
+    <w:name w:val="WW8Num5z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Title1">
     <w:name w:val="Title1"/>
-    <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading41">
+    <w:name w:val="Heading 41"/>
+    <w:basedOn w:val="Style15"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="111">
+    <w:name w:val="Заголовок 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Western">
+    <w:name w:val="western"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="72">
+    <w:name w:val="Название объекта7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="37">
+    <w:name w:val="Знак сноски3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading21">
+    <w:name w:val="Heading 21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="62">
+    <w:name w:val="Указатель6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style39">
+    <w:name w:val="Абзац списка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style40">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="18">
+    <w:name w:val="Обычный1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="19">
+    <w:name w:val="Текст Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z31">
+    <w:name w:val="WW8Num4z31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading22">
+    <w:name w:val="Heading 22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textbody1">
+    <w:name w:val="Text body1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnote1">
+    <w:name w:val="Endnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Subtitle11">
+    <w:name w:val="Subtitle11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading42">
+    <w:name w:val="Heading 42"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Apple-converted-space1">
+    <w:name w:val="apple-converted-space1"/>
+    <w:basedOn w:val="116"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Title2">
+    <w:name w:val="Title2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Subtitle12">
+    <w:name w:val="Subtitle12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z51">
+    <w:name w:val="WW8Num1z51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z11">
+    <w:name w:val="WW8Num4z11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z51">
+    <w:name w:val="WW8Num2z51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="411">
+    <w:name w:val="Заголовок 4 Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z81">
+    <w:name w:val="WW8Num4z81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Apple-style-span1">
+    <w:name w:val="apple-style-span1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents51">
+    <w:name w:val="Contents 51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents52">
+    <w:name w:val="Contents 52"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z71">
+    <w:name w:val="WW8Num3z71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption12">
+    <w:name w:val="Caption12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z41">
+    <w:name w:val="WW8Num1z41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z71">
+    <w:name w:val="WW8Num2z71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z31">
+    <w:name w:val="WW8Num3z31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z11">
+    <w:name w:val="WW8Num3z11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="110">
+    <w:name w:val="Верхний колонтитул Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z11">
+    <w:name w:val="WW8Num1z11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents61">
+    <w:name w:val="Contents 61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents81">
+    <w:name w:val="Contents 81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z61">
+    <w:name w:val="WW8Num2z61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z81">
+    <w:name w:val="WW8Num2z81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents91">
+    <w:name w:val="Contents 91"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents92">
+    <w:name w:val="Contents 92"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z01">
+    <w:name w:val="WW8Num4z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents21">
+    <w:name w:val="Contents 21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z81">
+    <w:name w:val="WW8Num1z81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z21">
+    <w:name w:val="WW8Num3z21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents31">
+    <w:name w:val="Contents 31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading411">
+    <w:name w:val="Heading 411"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents11">
+    <w:name w:val="Contents 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footer2">
+    <w:name w:val="Footer2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z31">
+    <w:name w:val="WW8Num1z31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="112">
+    <w:name w:val="Нижний колонтитул Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z51">
+    <w:name w:val="WW8Num4z51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="113">
+    <w:name w:val="Текст выноски1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading12">
+    <w:name w:val="Heading 12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="0563C1"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading52">
+    <w:name w:val="Heading 52"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents41">
+    <w:name w:val="Contents 41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Title11">
+    <w:name w:val="Title11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading41">
-[...2 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+  <w:style w:type="character" w:styleId="Heading111">
+    <w:name w:val="Heading 111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="114">
+    <w:name w:val="Текст выноски Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z71">
+    <w:name w:val="WW8Num4z71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="List2">
+    <w:name w:val="List2"/>
+    <w:basedOn w:val="Textbody1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption13">
+    <w:name w:val="Caption13"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Header1">
-[...1 lines deleted...]
-    <w:rPr>
+  <w:style w:type="character" w:styleId="WW8Num3z51">
+    <w:name w:val="WW8Num3z51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents32">
+    <w:name w:val="Contents 32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2">
-[...1 lines deleted...]
-    <w:rPr>
+  <w:style w:type="character" w:styleId="WW8Num2z01">
+    <w:name w:val="WW8Num2z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading21">
-[...2 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+  <w:style w:type="character" w:styleId="Contents82">
+    <w:name w:val="Contents 82"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z31">
+    <w:name w:val="WW8Num2z31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading311">
+    <w:name w:val="Heading 311"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Header11">
+    <w:name w:val="Header11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="115">
+    <w:name w:val="Заголовок1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z61">
+    <w:name w:val="WW8Num3z61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="116">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="117">
+    <w:name w:val="Колонтитул1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading211">
+    <w:name w:val="Heading 211"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonText">
-[...43 lines deleted...]
-    <w:next w:val="a3"/>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont1">
+    <w:name w:val="Default Paragraph Font1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption21">
+    <w:name w:val="caption21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z11">
+    <w:name w:val="WW8Num2z11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z21">
+    <w:name w:val="WW8Num1z21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="List11">
+    <w:name w:val="List11"/>
+    <w:basedOn w:val="Textbody2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footer11">
+    <w:name w:val="Footer11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="118">
+    <w:name w:val="Верхний и нижний колонтитулы1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z41">
+    <w:name w:val="WW8Num2z41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z61">
+    <w:name w:val="WW8Num1z61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z61">
+    <w:name w:val="WW8Num4z61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z41">
+    <w:name w:val="WW8Num4z41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents12">
+    <w:name w:val="Contents 12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading312">
+    <w:name w:val="Heading 312"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnote">
+    <w:name w:val="Endnote"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z01">
+    <w:name w:val="WW8Num1z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="119">
+    <w:name w:val="Указатель1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textbody2">
+    <w:name w:val="Text body2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z71">
+    <w:name w:val="WW8Num1z71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z81">
+    <w:name w:val="WW8Num3z81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents71">
+    <w:name w:val="Contents 71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footnote1">
+    <w:name w:val="Footnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents72">
+    <w:name w:val="Contents 72"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents62">
+    <w:name w:val="Contents 62"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Header12">
+    <w:name w:val="Header12"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="2111">
+    <w:name w:val="Основной текст 211"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading511">
+    <w:name w:val="Heading 511"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z01">
+    <w:name w:val="WW8Num3z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z21">
+    <w:name w:val="WW8Num4z21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents42">
+    <w:name w:val="Contents 42"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents22">
+    <w:name w:val="Contents 22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z21">
+    <w:name w:val="WW8Num2z21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="120">
+    <w:name w:val="Текст1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z41">
+    <w:name w:val="WW8Num3z41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="38">
+    <w:name w:val="Заголовок3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:ind w:firstLine="851"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a3"/>
-[...3 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="Указатель9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="121">
+    <w:name w:val="Содержимое таблицы1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
-      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
-    <w:rPr>
-[...8 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNonformat1">
+    <w:name w:val="ConsPlusNonformat1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...7 lines deleted...]
-    <w:next w:val="a"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Arial" w:cs="Courier New"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="122">
+    <w:name w:val="Прижатый влево1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:ind w:left="200"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    <w:name w:val="Header and Footer1"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal1">
+    <w:name w:val="ConsPlusNormal1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:jc w:val="both"/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="321">
+    <w:name w:val="Основной текст с отступом 321"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="120"/>
+      <w:ind w:hanging="0" w:left="283" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="210">
+    <w:name w:val="Колонтитул2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="210"/>
     <w:pPr>
       <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="210"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard2">
+    <w:name w:val="Standard2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="123">
+    <w:name w:val="Заголовок таблицы1"/>
+    <w:basedOn w:val="121"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption14">
+    <w:name w:val="caption14"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z52">
+    <w:name w:val="WW8Num1z52"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="511">
+    <w:name w:val="Указатель51"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1110">
+    <w:name w:val="Текст примечания11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="811">
+    <w:name w:val="Указатель81"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1111">
+    <w:name w:val="Цитата11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="1134" w:right="-766"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML1">
+    <w:name w:val="Стандартный HTML1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="left" w:pos="916" w:leader="none"/>
+        <w:tab w:val="left" w:pos="1832" w:leader="none"/>
+        <w:tab w:val="left" w:pos="2748" w:leader="none"/>
+        <w:tab w:val="left" w:pos="3664" w:leader="none"/>
+        <w:tab w:val="left" w:pos="4580" w:leader="none"/>
+        <w:tab w:val="left" w:pos="5496" w:leader="none"/>
+        <w:tab w:val="left" w:pos="6412" w:leader="none"/>
+        <w:tab w:val="left" w:pos="7328" w:leader="none"/>
+        <w:tab w:val="left" w:pos="8244" w:leader="none"/>
+        <w:tab w:val="left" w:pos="9160" w:leader="none"/>
+        <w:tab w:val="left" w:pos="10076" w:leader="none"/>
+        <w:tab w:val="left" w:pos="10992" w:leader="none"/>
+        <w:tab w:val="left" w:pos="11908" w:leader="none"/>
+        <w:tab w:val="left" w:pos="12824" w:leader="none"/>
+        <w:tab w:val="left" w:pos="13740" w:leader="none"/>
+        <w:tab w:val="left" w:pos="14656" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="212">
+    <w:name w:val="Основной шрифт абзаца21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z52">
+    <w:name w:val="WW8Num3z52"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="213">
+    <w:name w:val="Нижний колонтитул Знак21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:next w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="412">
+    <w:name w:val="Основной шрифт абзаца41"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:ind w:left="600"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z31">
+    <w:name w:val="WW8Num5z31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z72">
+    <w:name w:val="WW8Num4z72"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11112">
+    <w:name w:val="Caption11112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FontStyle111">
+    <w:name w:val="Font Style111"/>
+    <w:basedOn w:val="DefaultParagraphFont13"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z42">
+    <w:name w:val="WW8Num1z42"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FontStyle191">
+    <w:name w:val="Font Style191"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="214">
+    <w:name w:val="Знак примечания21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FontStyle151">
+    <w:name w:val="Font Style151"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="124">
+    <w:name w:val="Тема примечания Знак1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="125">
+    <w:name w:val="Гипертекстовая ссылка1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="008000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="39">
+    <w:name w:val="Верхний колонтитул Знак3"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont2">
+    <w:name w:val="Default Paragraph Font2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote2">
+    <w:name w:val="Endnote2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:hanging="339" w:left="339" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard11">
+    <w:name w:val="Standard11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:next w:val="a"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="126">
+    <w:name w:val="Текст сноски Знак1"/>
+    <w:basedOn w:val="DefaultParagraphFont121"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Default1">
+    <w:name w:val="Default1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:ind w:left="1000"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:next w:val="a"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="91">
+    <w:name w:val="Основной шрифт абзаца9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:ind w:left="1200"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableParagraph1">
+    <w:name w:val="Table Paragraph1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="127">
+    <w:name w:val="Символ сноски1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="128">
+    <w:name w:val="Символы концевой сноски1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="129">
+    <w:name w:val="Таблицы (моноширинный)1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText1">
+    <w:name w:val="Balloon Text1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="215">
+    <w:name w:val="Верхний колонтитул Знак21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709" w:leader="none"/>
+      </w:tabs>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="130">
+    <w:name w:val="Обычный (веб)1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z22">
+    <w:name w:val="WW8Num4z22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="131">
+    <w:name w:val="Цветовое выделение1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000080"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z02">
+    <w:name w:val="WW8Num3z02"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="711">
+    <w:name w:val="Указатель71"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="132">
+    <w:name w:val="Маркеры списка1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol;Arial Unicode MS" w:hAnsi="OpenSymbol;Arial Unicode MS" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z72">
+    <w:name w:val="WW8Num2z72"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1112">
+    <w:name w:val="WW-Absatz-Standardschriftart1112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="216">
+    <w:name w:val="Знак сноски21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z62">
+    <w:name w:val="WW8Num1z62"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="217">
+    <w:name w:val="Текст примечания21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart12">
+    <w:name w:val="WW-Absatz-Standardschriftart12"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Apple-converted-space2">
+    <w:name w:val="apple-converted-space2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="218">
+    <w:name w:val="Обычный2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b w:val="false"/>
+      <w:i w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle1">
+      <w:spacing w:val="0"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z12">
+    <w:name w:val="WW8Num3z12"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="219">
+    <w:name w:val="Текст примечания Знак2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="220">
+    <w:name w:val="Текст выноски Знак2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z41">
+    <w:name w:val="WW8Num5z41"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z02">
+    <w:name w:val="WW8Num4z02"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="611">
+    <w:name w:val="Основной шрифт абзаца61"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z42">
+    <w:name w:val="WW8Num4z42"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1112">
+    <w:name w:val="Знак примечания11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="82">
+    <w:name w:val="Название объекта8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="311">
+    <w:name w:val="Знак примечания31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1112">
+    <w:name w:val="Caption1112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="413">
+    <w:name w:val="Знак сноски41"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2110">
+    <w:name w:val="Название объекта21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="StrongEmphasis">
+    <w:name w:val="Strong Emphasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Emphasis1">
+    <w:name w:val="Emphasis1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:i/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z21">
+    <w:name w:val="WW8Num5z21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="221">
+    <w:name w:val="Текст выноски2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusTitle1">
     <w:name w:val="ConsPlusTitle1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:suppressAutoHyphens/>
+      <w:widowControl w:val="false"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteSymbol">
+    <w:name w:val="Footnote Symbol"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...3 lines deleted...]
-    <w:name w:val="Default Paragraph Font1"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont121">
+    <w:name w:val="Default Paragraph Font121"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z32">
+    <w:name w:val="WW8Num2z32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1113">
+    <w:name w:val="Нижний колонтитул Знак11"/>
+    <w:basedOn w:val="DefaultParagraphFont13"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z02">
+    <w:name w:val="WW8Num2z02"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1114">
+    <w:name w:val="Название объекта11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z32">
+    <w:name w:val="WW8Num4z32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z12">
+    <w:name w:val="WW8Num4z12"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Blk1">
+    <w:name w:val="blk1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="312">
+    <w:name w:val="Указатель31"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z02">
+    <w:name w:val="WW8Num1z02"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption112">
+    <w:name w:val="Caption112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont13">
+    <w:name w:val="Default Paragraph Font13"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2112">
+    <w:name w:val="Указатель21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal1">
+    <w:name w:val="LO-Normal1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...3 lines deleted...]
-    <w:name w:val="ConsTitle1"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z72">
+    <w:name w:val="WW8Num3z72"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:ind w:right="19772"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="NSimSun" w:hAnsi="Arial" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FontStyle291">
+    <w:name w:val="Font Style291"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="313">
+    <w:name w:val="Основной текст (3)1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:lineRule="exact" w:line="326" w:before="660" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
-      <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:name w:val="Endnote1"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="512">
+    <w:name w:val="Название объекта51"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:ind w:firstLine="851"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph1">
+    <w:name w:val="List Paragraph1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="200"/>
+      <w:ind w:hanging="0" w:left="720" w:right="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111112">
+    <w:name w:val="Caption1111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z11">
+    <w:name w:val="WW8Num5z11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1115">
+    <w:name w:val="Знак сноски11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption121">
+    <w:name w:val="Caption121"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2113">
+    <w:name w:val="Заголовок 211"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z72">
+    <w:name w:val="WW8Num1z72"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2114">
+    <w:name w:val="Заголовок21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11112">
+    <w:name w:val="WW-Absatz-Standardschriftart11112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111">
+    <w:name w:val="Caption11111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1116">
+    <w:name w:val="Текст примечания Знак11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z32">
+    <w:name w:val="WW8Num1z32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111112">
+    <w:name w:val="Caption111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="314">
+    <w:name w:val="Основной шрифт абзаца31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z51">
+    <w:name w:val="WW8Num5z51"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2115">
+    <w:name w:val="Знак концевой сноски21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="513">
+    <w:name w:val="Знак сноски51"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z81">
+    <w:name w:val="WW8Num5z81"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Internetlink1">
+    <w:name w:val="Internet link1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000080"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote2">
+    <w:name w:val="Footnote2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:hanging="339" w:left="339" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="315">
+    <w:name w:val="Название объекта31"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z52">
+    <w:name w:val="WW8Num2z52"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="812">
+    <w:name w:val="Основной шрифт абзаца81"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z71">
+    <w:name w:val="WW8Num5z71"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="133">
+    <w:name w:val="Верхний колонтитул слева1"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z52">
+    <w:name w:val="WW8Num4z52"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z82">
+    <w:name w:val="WW8Num1z82"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusCell1">
+    <w:name w:val="ConsPlusCell1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="1F497D"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="414">
+    <w:name w:val="Знак концевой сноски41"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Absatz-Standardschriftart1">
+    <w:name w:val="Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111112">
+    <w:name w:val="Caption11111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="310">
+    <w:name w:val="Нижний колонтитул Знак3"/>
+    <w:basedOn w:val="DefaultParagraphFont13"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z62">
+    <w:name w:val="WW8Num4z62"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="134">
+    <w:name w:val="Символ нумерации1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z82">
+    <w:name w:val="WW8Num4z82"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111112">
+    <w:name w:val="Caption111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style111">
+    <w:name w:val="Style11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="22"/>
-[...6 lines deleted...]
-    <w:next w:val="a"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z12">
+    <w:name w:val="WW8Num2z12"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="415">
+    <w:name w:val="Указатель41"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z01">
+    <w:name w:val="WW8Num5z01"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="120"/>
-      <w:ind w:left="283" w:firstLine="851"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z22">
+    <w:name w:val="WW8Num1z22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="135">
+    <w:name w:val="Цветовое выделение для Текст1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111112">
+    <w:name w:val="Caption11111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="222">
+    <w:name w:val="Верхний и нижний колонтитулы2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111112">
+    <w:name w:val="Caption1111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="136">
+    <w:name w:val="Тема примечания1"/>
+    <w:basedOn w:val="1110"/>
+    <w:next w:val="1110"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z82">
+    <w:name w:val="WW8Num3z82"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-11">
+    <w:name w:val="WW-Заголовок1"/>
+    <w:basedOn w:val="38"/>
+    <w:next w:val="Subtitle"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z42">
+    <w:name w:val="WW8Num2z42"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1117">
+    <w:name w:val="Указатель11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="416">
+    <w:name w:val="Название объекта41"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z12">
+    <w:name w:val="WW8Num1z12"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1118">
+    <w:name w:val="Нижний колонтитул11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart2">
+    <w:name w:val="WW-Absatz-Standardschriftart2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="137">
+    <w:name w:val="Нормальный (таблица)1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="712">
+    <w:name w:val="Основной шрифт абзаца71"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111112">
+    <w:name w:val="Caption111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-12">
+    <w:name w:val="WW-Базовый1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb1">
+    <w:name w:val="Normal (Web)1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="280" w:after="119"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111112">
+    <w:name w:val="Caption1111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="612">
+    <w:name w:val="Название объекта61"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="514">
+    <w:name w:val="Знак концевой сноски51"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="316">
+    <w:name w:val="Знак концевой сноски31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Indexheading1">
+    <w:name w:val="index heading1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1119">
+    <w:name w:val="Знак концевой сноски11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="515">
+    <w:name w:val="Основной шрифт абзаца51"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1120">
+    <w:name w:val="Основной шрифт абзаца11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z22">
+    <w:name w:val="WW8Num2z22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z62">
+    <w:name w:val="WW8Num2z62"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Docdata1">
+    <w:name w:val="docdata1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z22">
+    <w:name w:val="WW8Num3z22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z82">
+    <w:name w:val="WW8Num2z82"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="138">
+    <w:name w:val="Нормальный1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="139">
+    <w:name w:val="Без интервала1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart112">
+    <w:name w:val="WW-Absatz-Standardschriftart112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num5z61">
+    <w:name w:val="WW8Num5z61"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1121">
+    <w:name w:val="Заголовок11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText21">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z32">
+    <w:name w:val="WW8Num3z32"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="ConsPlusNormal1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111112"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:ind w:firstLine="720"/>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11110">
+    <w:name w:val="Заголовок 111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="1" w:after="0"/>
+      <w:ind w:hanging="0" w:left="152" w:right="171"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Western1">
+    <w:name w:val="western1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="119"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="713">
+    <w:name w:val="Название объекта71"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z62">
+    <w:name w:val="WW8Num3z62"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z42">
+    <w:name w:val="WW8Num3z42"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="317">
+    <w:name w:val="Знак сноски31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="613">
+    <w:name w:val="Указатель61"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="140">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="720" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111112"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1122">
+    <w:name w:val="Обычный11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1123">
+    <w:name w:val="Верхний колонтитул Знак11"/>
+    <w:basedOn w:val="DefaultParagraphFont13"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style41">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1124">
+    <w:name w:val="Текст Знак11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z311">
+    <w:name w:val="WW8Num4z311"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote11">
+    <w:name w:val="Endnote11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="NSimSun" w:hAnsi="Arial" w:cs="Mangal"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...3 lines deleted...]
-    <w:name w:val="Hashtag1"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle121">
+    <w:name w:val="Subtitle121"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...144 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:i/>
       <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...4 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Apple-converted-space11">
+    <w:name w:val="apple-converted-space11"/>
+    <w:basedOn w:val="11114"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...8 lines deleted...]
-      <w:spacing w:before="567" w:after="567"/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="567" w:after="567"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="40"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-[...4 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z511">
+    <w:name w:val="WW8Num1z511"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z111">
+    <w:name w:val="WW8Num4z111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z511">
+    <w:name w:val="WW8Num2z511"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4111">
+    <w:name w:val="Заголовок 4 Знак11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z811">
+    <w:name w:val="WW8Num4z811"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Apple-style-span11">
+    <w:name w:val="apple-style-span11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="TOC 5"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="800" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents521">
+    <w:name w:val="Contents 521"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z711">
+    <w:name w:val="WW8Num3z711"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1211">
+    <w:name w:val="Caption1211"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z411">
+    <w:name w:val="WW8Num1z411"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z711">
+    <w:name w:val="WW8Num2z711"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z311">
+    <w:name w:val="WW8Num3z311"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z111">
+    <w:name w:val="WW8Num3z111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11111">
+    <w:name w:val="Верхний колонтитул Знак111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z111">
+    <w:name w:val="WW8Num1z111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents621">
+    <w:name w:val="Contents 621"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="TOC 8"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z611">
+    <w:name w:val="WW8Num2z611"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z811">
+    <w:name w:val="WW8Num2z811"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="TOC 9"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents921">
+    <w:name w:val="Contents 921"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z011">
+    <w:name w:val="WW8Num4z011"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents221">
+    <w:name w:val="Contents 221"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z811">
+    <w:name w:val="WW8Num1z811"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z211">
+    <w:name w:val="WW8Num3z211"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents321">
+    <w:name w:val="Contents 321"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4111">
+    <w:name w:val="Heading 4111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="TOC 1"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote21">
+    <w:name w:val="Footnote21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Internetlink2">
+    <w:name w:val="Internet link2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0563C1"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z311">
+    <w:name w:val="WW8Num1z311"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11112">
+    <w:name w:val="Нижний колонтитул Знак111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z511">
+    <w:name w:val="WW8Num4z511"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1125">
+    <w:name w:val="Текст выноски11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Internetlink11">
+    <w:name w:val="Internet link11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0563C1"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents421">
+    <w:name w:val="Contents 421"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title111">
+    <w:name w:val="Title111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1111">
+    <w:name w:val="Heading 1111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1126">
+    <w:name w:val="Текст выноски Знак11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z711">
+    <w:name w:val="WW8Num4z711"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z511">
+    <w:name w:val="WW8Num3z511"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z011">
+    <w:name w:val="WW8Num2z011"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents821">
+    <w:name w:val="Contents 821"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z311">
+    <w:name w:val="WW8Num2z311"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3121">
+    <w:name w:val="Heading 3121"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header121">
+    <w:name w:val="Header121"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11113">
+    <w:name w:val="Заголовок111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z611">
+    <w:name w:val="WW8Num3z611"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11114">
+    <w:name w:val="Основной шрифт абзаца111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1127">
+    <w:name w:val="Колонтитул11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2111">
+    <w:name w:val="Heading 2111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont111">
+    <w:name w:val="Default Paragraph Font111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption211">
+    <w:name w:val="caption211"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z111">
+    <w:name w:val="WW8Num2z111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z211">
+    <w:name w:val="WW8Num1z211"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List111">
+    <w:name w:val="List111"/>
+    <w:basedOn w:val="Textbody21"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer111">
+    <w:name w:val="Footer111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1128">
+    <w:name w:val="Верхний и нижний колонтитулы11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z411">
+    <w:name w:val="WW8Num2z411"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z611">
+    <w:name w:val="WW8Num1z611"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z611">
+    <w:name w:val="WW8Num4z611"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z411">
+    <w:name w:val="WW8Num4z411"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents121">
+    <w:name w:val="Contents 121"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote21">
+    <w:name w:val="Endnote21"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:firstLine="851"/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z011">
+    <w:name w:val="WW8Num1z011"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11115">
+    <w:name w:val="Указатель111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textbody21">
+    <w:name w:val="Text body21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z711">
+    <w:name w:val="WW8Num1z711"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z811">
+    <w:name w:val="WW8Num3z811"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contents721">
+    <w:name w:val="Contents 721"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...11 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote11">
+    <w:name w:val="Footnote11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:suppressLineNumbers/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="aa"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="TOC 7"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1200" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="TOC 6"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1000" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21111">
+    <w:name w:val="Основной текст 2111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5111">
+    <w:name w:val="Heading 5111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
-      <w:bCs/>
-    </w:rPr>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z011">
+    <w:name w:val="WW8Num3z011"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num4z211">
+    <w:name w:val="WW8Num4z211"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="TOC 4"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z211">
+    <w:name w:val="WW8Num2z211"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1129">
+    <w:name w:val="Текст11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num3z411">
+    <w:name w:val="WW8Num3z411"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num2">
+    <w:name w:val="WW8Num2"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num4">
+    <w:name w:val="WW8Num4"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...11 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>20</Pages>
+  <Words>3149</Words>
+  <Characters>23453</Characters>
+  <CharactersWithSpaces>26217</CharactersWithSpaces>
+  <Paragraphs>788</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator/>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>