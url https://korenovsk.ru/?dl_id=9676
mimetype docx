--- v0 (2025-10-21)
+++ v1 (2025-12-22)
@@ -1,3976 +1,1887 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00790973">
-[...2 lines deleted...]
-        <w:pageBreakBefore/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-        <w:pStyle w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="630555" cy="796925"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 3" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 3" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:srcRect l="-534" t="-427" r="-534" b="-427"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="630555" cy="796925"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="7200" w:leader="none"/>
+          <w:tab w:val="left" w:pos="7920" w:leader="none"/>
+          <w:tab w:val="left" w:pos="11952" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="720" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="true"/>
         <w:widowControl/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="3744" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="576" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00790973">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="true"/>
         <w:widowControl/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="3744" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="576" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="true"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="576" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="true"/>
+        <w:widowControl/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...31 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>РАСПОРЯЖЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00790973">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-р</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О создании рабочей группы в сфере легковых таксомоторных перевозок, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наземного пассажирского маршрутного транспорта общего пользования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и заказных автобусных перевозок на территории муниципального </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На основании распоряжения главы администрации (губернатора) Краснодарского края от 21 декабря 2017 года № 378-р «Об образовании межведомственной транспортной комиссии Краснодарского края», а также в целях обеспечения согласованных действий органов местного самоуправления муниципального образования Кореновский муниципальный район Краснодарского края и взаимодействия с подразделениями территориальных органов федеральных органов исполнительной власти в муниципальном образовании Кореновский муниципальный район Краснодарского края и заинтересованными органами в сфере легковых таксомоторных перевозок, наземного пассажирского маршрутного транспорта общего пользования и заказных автобусных перевозок в пределах установленной компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Образовать рабочую группу в сфере легковых таксомоторных перевозок, наземного пассажирского маршрутного транспорта общего пользования и заказных автобусных перевозок на территории муниципального образования Кореновский муниципальный район Краснодарского края и утвердить её состав (приложение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> Признать утратившим силу распоряжение администрации муниципального образования Кореновский район от 24 января 2025 года № 22-р «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О создании рабочей группы в сфере легковых таксомоторных перевозок, наземного пассажирского маршрутного транспорта общего пользования и заказных автобусных перевозок на территории муниципального образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управлению службы протокола и информационной политики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края официально обнародовать настоящее постановление в установленном порядке и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разместить на официальном сайте администрации муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Контроль за выполнение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м настоящего распоряжения возложить на заместителя главы муниципального образования Кореновский муниципальный район Краснодарского края Дружинкина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А.Е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Распоряжение вступает в силу после его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполняющий обязанности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>главы муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный  район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...1362 lines deleted...]
-      <w:cols w:space="720"/>
+        <w:t xml:space="preserve">                                                     А.П.Манько</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId3"/>
+      <w:headerReference w:type="default" r:id="rId4"/>
+      <w:headerReference w:type="first" r:id="rId5"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:left="1701" w:right="569" w:gutter="0" w:header="567" w:top="1133" w:footer="0" w:bottom="1134"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="600" w:charSpace="32768"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="WenQuanYi Micro Hei">
-[...8 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="OpenSymbol">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="XO Thames">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-    <w:panose1 w:val="00000400000000000000"/>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Serif">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...32 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...2 lines deleted...]
-      <w:pStyle w:val="ae"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style12"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...2 lines deleted...]
-      <w:pStyle w:val="ae"/>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:pPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00790973"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...9 lines deleted...]
-      <w:jc w:val="center"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style12"/>
+      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+      <w:rPr/>
     </w:r>
-    <w:r>
-[...35 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-[...599 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...4 lines deleted...]
-  <w:doNotTrackMoves/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="70"/>
   <w:defaultTabStop w:val="709"/>
-  <w:defaultTableStyle w:val="a"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...21 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:rsids>
-[...28 lines deleted...]
-  <w15:docId w15:val="{A78CE2FB-35A8-4AEC-B927-958BC48D5412}"/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="25">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Header and Footer" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Footnote" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Endnote" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-[...14 lines deleted...]
-      <w:kern w:val="2"/>
+    <w:uiPriority w:val="0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...13 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
-      <w:sz w:val="44"/>
-[...13 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
-    </w:rPr>
-[...10 lines deleted...]
-      </w:numPr>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:b/>
-      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents2">
+    <w:name w:val="Contents 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents4">
+    <w:name w:val="Contents 4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents6">
+    <w:name w:val="Contents 6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents7">
+    <w:name w:val="Contents 7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnote">
+    <w:name w:val="Endnote"/>
+    <w:link w:val="Endnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading31">
+    <w:name w:val="Heading 31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:qFormat/>
+    <w:rPr>
       <w:i/>
-      <w:iCs/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...227 lines deleted...]
-    <w:basedOn w:val="3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents3">
+    <w:name w:val="Contents 3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading51">
+    <w:name w:val="Heading 51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading11">
+    <w:name w:val="Heading 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="13">
-[...2 lines deleted...]
-    <w:rPr>
+  <w:style w:type="character" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:link w:val="Footnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents1">
+    <w:name w:val="Contents 1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
-      <w:bCs/>
-[...6 lines deleted...]
-      <w:color w:val="954F72"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents9">
+    <w:name w:val="Contents 9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents8">
+    <w:name w:val="Contents 8"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents5">
+    <w:name w:val="Contents 5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="List1">
+    <w:name w:val="List1"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style9">
+    <w:name w:val="Заголовок"/>
+    <w:link w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Указатель"/>
+    <w:link w:val="11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Subtitle1">
+    <w:name w:val="Subtitle1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Title1">
+    <w:name w:val="Title1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading41">
+    <w:name w:val="Heading 41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading21">
+    <w:name w:val="Heading 21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:link w:val="Style9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style10"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="TOC 4"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="TOC 6"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1000" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="TOC 7"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote1">
+    <w:name w:val="Endnote1"/>
+    <w:link w:val="Endnote"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0000FF"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...23 lines deleted...]
-    <w:rPr>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote1">
+    <w:name w:val="Footnote1"/>
+    <w:link w:val="Footnote"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="TOC 1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style11">
+    <w:name w:val="Колонтитул"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="TOC 9"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="TOC 8"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="TOC 5"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="800" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:i/>
-      <w:iCs/>
-[...249 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...51 lines deleted...]
-    <w:pPr>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="567" w:after="567"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...24 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Style11"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="5101" w:leader="none"/>
+        <w:tab w:val="right" w:pos="10203" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style12">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
-      <w:tabs>
-[...108 lines deleted...]
-    </w:rPr>
+    </w:pPr>
+    <w:rPr/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
+  <AppVersion></AppVersion>
   <Pages>2</Pages>
-  <Words>412</Words>
-[...11 lines deleted...]
-  <AppVersion></AppVersion>
+  <Words>275</Words>
+  <Characters>2276</Characters>
+  <CharactersWithSpaces>2692</CharactersWithSpaces>
+  <Paragraphs>22</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator/>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>