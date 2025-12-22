--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,43005 +1,2667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="00C614BF">
-[...6 lines deleted...]
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="557530" cy="692150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2"/>
+            <wp:docPr id="1" name="Picture 3" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2"/>
+                    <pic:cNvPr id="1" name="Picture 3" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
-                    <a:srcRect l="-10" t="-8" r="-10" b="-8"/>
+                    <a:blip r:embed="rId2"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="557530" cy="692150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">  ОБРАЗОВАНИЯ</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
-[...9 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="008B3AC4">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 08.12.2025                                                                                                                             № 1722</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007C5393">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О присвоении спортивных разрядов и судейских категорий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="WW-1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-        <w:t>1722</w:t>
+        <w:t>В соответствии с Федеральным законом от 04 декабря 2007 г. № 329-ФЗ «О физической культуре и спорте в Российской Федерации», Федеральным законом от 27 июля 2010 г. № 210-ФЗ «Об организации предоставления государственных и муниципальных услуг», Положением о Единой всероссийской спортивной классификации, утвержденным приказом Министерства спорта Российской Федерации от 19 декабря 2022 года № 1255 «Об утверждении положения о Единой всероссийской спортивной классификации», постановлением администрации муниципального образования Кореновский район от 21 июня 2023 года № 1095 «Об утверждении административного регламента предоставления администрацией муниципального образования Кореновский район муниципальной услуги «Присвоение спортивных разрядов», администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
-[...11 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:b/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1"/>
+          <w:rFonts w:eastAsia="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">О внесении изменений в постановление администрации муниципального образования Кореновский район № 1913 от 30 октября 2023 года. </w:t>
-[...689 lines deleted...]
-      </w:pPr>
+        <w:t>Присвоить 3 юношеский разряд по виду спорта Шахматы:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9667" w:type="dxa"/>
-[...4472 lines deleted...]
-        <w:tblInd w:w="-70" w:type="dxa"/>
+        <w:tblW w:w="9761" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="101" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="775"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="798"/>
+        <w:gridCol w:w="3836"/>
+        <w:gridCol w:w="5924"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C614BF">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="456" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="774" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:suppressLineNumbers/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="15"/>
               <w:rPr>
-                <w:rStyle w:val="a5"/>
-[...50 lines deleted...]
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование целевого показателя </w:t>
+              <w:t>1.1  Панфилову Дмитрию Романовичу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>спортсмену муниципального образования Кореновский муниципальный район Краснодарского края,  2016 года рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Msonormalcxspmiddle1"/>
+        <w:spacing w:lineRule="atLeast" w:line="200" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Присвоить 1 юношеский разряд по виду спорта Шахматы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af2"/>
+        <w:tblW w:w="9697" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="216" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04a0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="5868"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:suppressLineNumbers/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="15"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Ед. изм.</w:t>
+              <w:t>2.1  Петракову Леониду Юрьевичу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5868" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:suppressLineNumbers/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>спортсмену муниципального образования Кореновский муниципальный район Краснодарского края,  2013 года рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Присвоить 2 судейскую категорию по виду спорта Универсальный бой:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af2"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="216" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04a0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="5806"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="15"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Статус </w:t>
+              <w:t>3.1  Барах Олегу Яковлевичу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4227" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="5806" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:suppressLineNumbers/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Значение показателей</w:t>
+              <w:t>тренеру с/к «Альфа» муниципального образования Кореновский муниципальный район Краснодарского края,  1965 года рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C614BF">
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Msonormalcxspmiddle1"/>
+        <w:spacing w:lineRule="atLeast" w:line="200" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Msonormalcxspmiddle1"/>
+        <w:spacing w:lineRule="atLeast" w:line="200" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управлению службы протокола и информационной политики муниципального образования Кореновский муниципальный  район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Msonormalcxspmiddle1"/>
+        <w:spacing w:lineRule="atLeast" w:line="200" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края обеспечить размещение настоящего постановления на официальном сайте  муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Msonormalcxspmiddle1"/>
+        <w:spacing w:lineRule="atLeast" w:line="200" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Контроль за выполнением настоящего постановления возложить                        на исполняющего обязанности заместителя главы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С.В. Самойлик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Постановление вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="147" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04a0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4895"/>
+        <w:gridCol w:w="4738"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="341"/>
+          <w:trHeight w:val="970" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="774" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4895" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="00C614BF">
+          <w:p>
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
-[...90 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2024 год</w:t>
+              <w:t>Глава</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4738" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:right="-99"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2025 год</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w:rsidR="00C614BF" w:rsidRDefault="007C5393">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:right="-99"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2026 год</w:t>
-[...401 lines deleted...]
-              <w:t>Муниципальная программа:</w:t>
+              <w:t xml:space="preserve">                               </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1399 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>С.А.Голобородько</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="00C614BF">
-[...2 lines deleted...]
-        <w:spacing w:line="100" w:lineRule="atLeast"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="00C614BF">
-[...2 lines deleted...]
-        <w:spacing w:line="100" w:lineRule="atLeast"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C614BF" w:rsidRDefault="00C614BF">
-[...31233 lines deleted...]
-      <w:docGrid w:linePitch="381" w:charSpace="8192"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId3"/>
+      <w:headerReference w:type="default" r:id="rId4"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:w="11906" w:h="16798"/>
+      <w:pgMar w:left="1701" w:right="424" w:gutter="0" w:header="567" w:top="1021" w:footer="0" w:bottom="1134"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NSimSun">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="Calibri">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Mangal">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000400000000000000"/>
+  <w:font w:name="XO Thames">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-[...128 lines deleted...]
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...46 lines deleted...]
-      <w:pStyle w:val="afa"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
-    </w:r>
-[...6 lines deleted...]
-      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-      <w:jc w:val="center"/>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:fldChar w:fldCharType="begin"/>
-[...7 lines deleted...]
-    <w:r w:rsidR="00FC1C41">
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>2</w:t>
-[...48 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
-[...647 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...13 lines deleted...]
-  </w:endnotePr>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="71"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:useFELayout/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:rsids>
-[...38 lines deleted...]
-  <w15:docId w15:val="{C79AA305-7703-455D-8F1C-5A76F00D566B}"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens/>
+        <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-[...18 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:link w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="12"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="41"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="1" w:customStyle="1">
+    <w:name w:val="Обычный1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="2" w:customStyle="1">
+    <w:name w:val="Оглавление 2 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="11" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:link w:val="111"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="4" w:customStyle="1">
+    <w:name w:val="Оглавление 4 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="6" w:customStyle="1">
+    <w:name w:val="Оглавление 6 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="7" w:customStyle="1">
+    <w:name w:val="Оглавление 7 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnote" w:customStyle="1">
+    <w:name w:val="Endnote"/>
+    <w:link w:val="Endnote1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="3" w:customStyle="1">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Msonormalcxspmiddle" w:customStyle="1">
+    <w:name w:val="msonormalcxspmiddle"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="Msonormalcxspmiddle1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style9" w:customStyle="1">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="ListParagraph"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="31" w:customStyle="1">
+    <w:name w:val="Оглавление 3 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="5" w:customStyle="1">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="12" w:customStyle="1">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Standard" w:customStyle="1">
+    <w:name w:val="Standard"/>
+    <w:link w:val="Standard1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:link w:val="14"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footnote" w:customStyle="1">
+    <w:name w:val="Footnote"/>
+    <w:link w:val="Footnote1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="13" w:customStyle="1">
+    <w:name w:val="Оглавление 1 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderandFooter" w:customStyle="1">
+    <w:name w:val="Header and Footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="9" w:customStyle="1">
+    <w:name w:val="Оглавление 9 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="8" w:customStyle="1">
+    <w:name w:val="Оглавление 8 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="51" w:customStyle="1">
+    <w:name w:val="Оглавление 5 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10" w:customStyle="1">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="BalloonText"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11" w:customStyle="1">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-" w:customStyle="1">
+    <w:name w:val="WW-Базовый"/>
+    <w:link w:val="WW-1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12" w:customStyle="1">
+    <w:name w:val="Название Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13" w:customStyle="1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="41" w:customStyle="1">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21" w:customStyle="1">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14" w:customStyle="1">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15" w:customStyle="1">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="15"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="0pt" w:customStyle="1">
+    <w:name w:val="Основной текст + Интервал 0 pt"/>
+    <w:link w:val="0pt1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2" w:customStyle="1">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00953c69"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:bCs/>
-      <w:color w:val="000080"/>
-[...15 lines deleted...]
-      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style16">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style17">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
-[...4 lines deleted...]
-    <w:uiPriority w:val="1"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="111" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца11"/>
+    <w:link w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="TOC 4"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="600"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="TOC 6"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="1000"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="TOC 7"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="1200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote1" w:customStyle="1">
+    <w:name w:val="Endnote1"/>
+    <w:link w:val="Endnote"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:link w:val="Msonormalcxspmiddle"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Msonormalcxspmiddle1" w:customStyle="1">
+    <w:name w:val="msonormalcxspmiddle1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Msonormalcxspmiddle"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="31"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="400"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard1" w:customStyle="1">
+    <w:name w:val="Standard1"/>
+    <w:link w:val="Standard"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14" w:customStyle="1">
+    <w:name w:val="Гиперссылка1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote1" w:customStyle="1">
+    <w:name w:val="Footnote1"/>
+    <w:link w:val="Footnote"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="TOC 1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="13"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style18" w:customStyle="1">
+    <w:name w:val="Колонтитул"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="160"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="TOC 9"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="1600"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="TOC 8"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="1400"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="TOC 5"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="51"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:ind w:left="800"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Style11"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-1" w:customStyle="1">
+    <w:name w:val="WW-Базовый1"/>
+    <w:link w:val="WW-"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="left" w:pos="709" w:leader="none"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Style12"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="567" w:after="567"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style13"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style14"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="15" w:customStyle="1">
+    <w:name w:val="Содержимое таблицы1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style15"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="0pt1" w:customStyle="1">
+    <w:name w:val="Основной текст + Интервал 0 pt1"/>
+    <w:link w:val="0pt"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="264" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...2150 lines deleted...]
-  <w:style w:type="table" w:styleId="affb">
+  <w:style w:type="table" w:styleId="af2">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A5397C"/>
+    <w:rsid w:val="00ee03ee"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="12700">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="19050">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/>
+</Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47EFCE47-9943-43FB-8E64-2C4BFCB02D4B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...26 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>2</Pages>
+  <Words>283</Words>
+  <Characters>2098</Characters>
+  <CharactersWithSpaces>2546</CharactersWithSpaces>
+  <Paragraphs>31</Paragraphs>
+  <Company>Reanimator Extreme Edition</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator/>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...8 lines deleted...]
-  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>